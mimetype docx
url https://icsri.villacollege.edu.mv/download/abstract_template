--- v0 (2025-10-09)
+++ v1 (2026-02-01)
@@ -185,122 +185,74 @@
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>[1-2 sentences]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="167DB2D9" w14:textId="02377A8D" w:rsidR="00A86FC9" w:rsidRPr="002D367E" w:rsidRDefault="00556E7B" w:rsidP="005551F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D367E">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Objective </w:t>
-[...17 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>Objective [1 sentence]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6EE467F4" w14:textId="432F9833" w:rsidR="00556E7B" w:rsidRPr="002D367E" w:rsidRDefault="00556E7B" w:rsidP="005551F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D367E">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">Methodology </w:t>
-[...29 lines deleted...]
-        <w:t>]</w:t>
+        <w:t>Methodology [1-2 sentences]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="41CBA2EB" w14:textId="58383231" w:rsidR="00A86FC9" w:rsidRPr="002D367E" w:rsidRDefault="00556E7B" w:rsidP="005551F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D367E">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Key Findings [3-4 sentences]</w:t>
       </w:r>
     </w:p>
@@ -601,75 +553,87 @@
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D367E">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Keep abstracts free of subheadings, indentation, or references</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="07EC3B04" w14:textId="0C1DF497" w:rsidR="0074031A" w:rsidRPr="002D367E" w:rsidRDefault="0074031A" w:rsidP="005551F3">
+    <w:p w14:paraId="07EC3B04" w14:textId="2BD4C3EC" w:rsidR="0074031A" w:rsidRPr="002D367E" w:rsidRDefault="0074031A" w:rsidP="005551F3">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="1260"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="002D367E">
         <w:rPr>
           <w:color w:val="FF0000"/>
         </w:rPr>
-        <w:t>All abstracts should be written in MS Word format (DOC or DOCX), and please save your abstract using this format: “ICSRI2025_YourFullName.doc”</w:t>
+        <w:t>All abstracts should be written in MS Word format (DOC or DOCX), and please save your abstract using this format: “ICSRI202</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42038">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D367E">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+        </w:rPr>
+        <w:t>_YourFullName.doc”</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20490227" w14:textId="77777777" w:rsidR="00A86FC9" w:rsidRPr="002D367E" w:rsidRDefault="00A86FC9" w:rsidP="00215886">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
         </w:pBdr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="716D044C" w14:textId="09B18950" w:rsidR="00A86FC9" w:rsidRPr="002D367E" w:rsidRDefault="00A86FC9" w:rsidP="005551F3">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
@@ -2675,105 +2639,80 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00127468">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>trends in dry eye research, providing valuable insights for clinicians, researchers,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00127468">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">and policymakers. The findings are crucial for understanding the </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>and policymakers. The findings are crucial for understanding the dy-namics of</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00127468">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>dy-namics</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>the dry eye domain, fostering interdisciplinary collaboration, and shaping future</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00127468">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of</w:t>
-[...37 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>research di-rections</w:t>
+      </w:r>
       <w:r w:rsidR="00D01A97" w:rsidRPr="00D01A97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="019514A9" w14:textId="3706BC55" w:rsidR="00D01A97" w:rsidRPr="006D24DC" w:rsidRDefault="00D01A97" w:rsidP="00127468">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:after="120"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D87C8F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -3413,67 +3352,51 @@
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D01A97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>mechanism of fault finding has not achieved justice for the patient at a loss. That is</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D01A97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>the tragic case of Shareefa Hanee (365/</w:t>
-[...15 lines deleted...]
-        <w:t>-C/2013 &amp; 2013/HC-A/117), where a</w:t>
+        <w:t>the tragic case of Shareefa Hanee (365/Cv-C/2013 &amp; 2013/HC-A/117), where a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D01A97">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>stillborn infant who got stuck in the birth canal had to be decapitated to save the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D01A97">
         <w:rPr>
           <w:sz w:val="22"/>
@@ -3801,58 +3724,58 @@
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00136B7C" w:rsidRPr="00D16150" w:rsidSect="00215886">
       <w:headerReference w:type="default" r:id="rId18"/>
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="16850"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="720" w:header="0" w:footer="151" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7CC34B95" w14:textId="77777777" w:rsidR="005C1831" w:rsidRDefault="005C1831" w:rsidP="00473521">
+    <w:p w14:paraId="1557EF8D" w14:textId="77777777" w:rsidR="00CA7DF7" w:rsidRDefault="00CA7DF7" w:rsidP="00473521">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E5B32C8" w14:textId="77777777" w:rsidR="005C1831" w:rsidRDefault="005C1831" w:rsidP="00473521">
+    <w:p w14:paraId="7A89CE25" w14:textId="77777777" w:rsidR="00CA7DF7" w:rsidRDefault="00CA7DF7" w:rsidP="00473521">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -3889,115 +3812,115 @@
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="340CF6DA" w14:textId="77777777" w:rsidR="005C1831" w:rsidRDefault="005C1831" w:rsidP="00473521">
+    <w:p w14:paraId="46053946" w14:textId="77777777" w:rsidR="00CA7DF7" w:rsidRDefault="00CA7DF7" w:rsidP="00473521">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33F8BAC6" w14:textId="77777777" w:rsidR="005C1831" w:rsidRDefault="005C1831" w:rsidP="00473521">
+    <w:p w14:paraId="46797B6D" w14:textId="77777777" w:rsidR="00CA7DF7" w:rsidRDefault="00CA7DF7" w:rsidP="00473521">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="6F26525D" w14:textId="62852CF7" w:rsidR="004D4784" w:rsidRDefault="00811EE4" w:rsidP="00215886">
+  <w:p w14:paraId="6F26525D" w14:textId="39175635" w:rsidR="004D4784" w:rsidRDefault="002F654C" w:rsidP="00215886">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
       </w:tabs>
       <w:ind w:left="-720"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="6357C8E1" wp14:editId="61ECF3D1">
-[...2 lines deleted...]
-          <wp:docPr id="1840559850" name="Picture 1840559850"/>
+        <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7FCC5935" wp14:editId="49A1C496">
+          <wp:extent cx="7558112" cy="1638605"/>
+          <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+          <wp:docPr id="2" name="Picture 2" descr="A blue background with white text&#10;&#10;Description automatically generated"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 1"/>
+                  <pic:cNvPr id="2" name="Picture 2" descr="A blue background with white text&#10;&#10;Description automatically generated"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="7562850" cy="1466850"/>
+                    <a:ext cx="7700144" cy="1669398"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="01303E55"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="21307B5A"/>
@@ -4766,155 +4689,162 @@
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6611" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7331" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1196699263">
+  <w:num w:numId="1" w16cid:durableId="1573734364">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="2102481664">
+  <w:num w:numId="2" w16cid:durableId="1064528438">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="79914187">
+  <w:num w:numId="3" w16cid:durableId="2146458851">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1866795165">
+  <w:num w:numId="4" w16cid:durableId="1374037299">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="678964223">
+  <w:num w:numId="5" w16cid:durableId="126751652">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1493180370">
+  <w:num w:numId="6" w16cid:durableId="1726248315">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1575972611">
+  <w:num w:numId="7" w16cid:durableId="740715260">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="108"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="110"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:ulTrailSpace/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="__Grammarly_42____i" w:val="H4sIAAAAAAAEAKtWckksSQxILCpxzi/NK1GyMqwFAAEhoTITAAAA"/>
-    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MTIxtjQxNjU2MbQ0NzRR0lEKTi0uzszPAymwqAUAM0+nPSwAAAA="/>
+    <w:docVar w:name="__Grammarly_42___1" w:val="H4sIAAAAAAAEAKtWcslP9kxRslIyNDY2MTIxtjQxNjU2MbQ0NzRR0lEKTi0uzszPAymwrAUAcn68JCwAAAA="/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00E87FE9"/>
     <w:rsid w:val="00073D96"/>
     <w:rsid w:val="0008214E"/>
     <w:rsid w:val="000B3399"/>
     <w:rsid w:val="000B4EFE"/>
     <w:rsid w:val="00127468"/>
     <w:rsid w:val="00136B7C"/>
     <w:rsid w:val="00204777"/>
     <w:rsid w:val="00215886"/>
     <w:rsid w:val="002433E6"/>
     <w:rsid w:val="0025752A"/>
     <w:rsid w:val="002D367E"/>
+    <w:rsid w:val="002F654C"/>
     <w:rsid w:val="003C0EF1"/>
     <w:rsid w:val="003F4868"/>
     <w:rsid w:val="004050D7"/>
+    <w:rsid w:val="00432F10"/>
     <w:rsid w:val="00445553"/>
     <w:rsid w:val="004666E0"/>
     <w:rsid w:val="004674FA"/>
     <w:rsid w:val="00467677"/>
     <w:rsid w:val="00473521"/>
     <w:rsid w:val="004A5DCC"/>
     <w:rsid w:val="004D4784"/>
     <w:rsid w:val="00512E8A"/>
     <w:rsid w:val="00540EAB"/>
     <w:rsid w:val="00554106"/>
     <w:rsid w:val="005551F3"/>
     <w:rsid w:val="00556E7B"/>
+    <w:rsid w:val="00563CA2"/>
     <w:rsid w:val="00592B1E"/>
     <w:rsid w:val="005C1831"/>
     <w:rsid w:val="005C4E2B"/>
+    <w:rsid w:val="00613534"/>
     <w:rsid w:val="006D24DC"/>
     <w:rsid w:val="0074031A"/>
     <w:rsid w:val="007C5F45"/>
     <w:rsid w:val="007D4311"/>
     <w:rsid w:val="00811EE4"/>
     <w:rsid w:val="008910A6"/>
     <w:rsid w:val="009F567C"/>
     <w:rsid w:val="00A86FC9"/>
     <w:rsid w:val="00AB6351"/>
     <w:rsid w:val="00B61B89"/>
     <w:rsid w:val="00BE0AC8"/>
     <w:rsid w:val="00C17767"/>
     <w:rsid w:val="00C7711E"/>
+    <w:rsid w:val="00CA7DF7"/>
     <w:rsid w:val="00D01A97"/>
     <w:rsid w:val="00D153D9"/>
     <w:rsid w:val="00D16150"/>
+    <w:rsid w:val="00D42038"/>
     <w:rsid w:val="00D63CAC"/>
     <w:rsid w:val="00D87C8F"/>
+    <w:rsid w:val="00DB6CBF"/>
+    <w:rsid w:val="00DE30D5"/>
     <w:rsid w:val="00E77641"/>
     <w:rsid w:val="00E87FE9"/>
     <w:rsid w:val="00EA179B"/>
     <w:rsid w:val="00F757F4"/>
     <w:rsid w:val="00FC4DC9"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -5947,75 +5877,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BA89A0FD-5A54-4E00-9C57-E89637ABB177}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1398</Words>
-  <Characters>8626</Characters>
+  <Words>1496</Words>
+  <Characters>8528</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>179</Lines>
-  <Paragraphs>74</Paragraphs>
+  <Lines>71</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>LETTERHEAD.cdr</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9950</CharactersWithSpaces>
+  <CharactersWithSpaces>10004</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>LETTERHEAD.cdr</dc:title>
   <dc:creator>Nizna Ali Didi</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2022-06-11T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Microsoft® Word for Microsoft 365</vt:lpwstr>
   </property>